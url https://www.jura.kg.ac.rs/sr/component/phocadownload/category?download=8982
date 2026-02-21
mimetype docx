--- v0 (2025-12-16)
+++ v1 (2026-02-21)
@@ -2315,70 +2315,94 @@
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>права</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17002D0E" w14:textId="77777777" w:rsidR="00B560ED" w:rsidRPr="00B560ED" w:rsidRDefault="00B560ED" w:rsidP="00B560ED">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>Проф. др Зоран Чворовић</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CCD318C" w14:textId="6F65C34F" w:rsidR="00B560ED" w:rsidRPr="009A0F98" w:rsidRDefault="009A0F98" w:rsidP="001919F2">
-[...18 lines deleted...]
-              <w:t>26.12. у 12:00</w:t>
+          <w:p w14:paraId="7CCD318C" w14:textId="16FBE233" w:rsidR="00B560ED" w:rsidRPr="00B10848" w:rsidRDefault="009A0F98" w:rsidP="001919F2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B10848">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+              <w:t>26.12. у 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B10848" w:rsidRPr="00B10848">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B10848">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+              <w:t>:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3617" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66F2C24A" w14:textId="77777777" w:rsidR="00B560ED" w:rsidRPr="001919F2" w:rsidRDefault="00B560ED" w:rsidP="001919F2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B560ED" w14:paraId="320CE3D2" w14:textId="77777777" w:rsidTr="00B560ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
           </w:tcPr>
@@ -8964,80 +8988,61 @@
                 <w:b/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>Привредно право</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20815299" w14:textId="6303FFFA" w:rsidR="0067279D" w:rsidRDefault="00F05369" w:rsidP="00F05369">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="sr-Cyrl-RS"/>
               </w:rPr>
               <w:t>Проф. др Драган Вујисић</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C4A727A" w14:textId="6D89DDFC" w:rsidR="0067279D" w:rsidRPr="00DC198C" w:rsidRDefault="00DC198C" w:rsidP="0067279D">
-[...28 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1C4A727A" w14:textId="4AD0F6B7" w:rsidR="0067279D" w:rsidRPr="000E5129" w:rsidRDefault="0067279D" w:rsidP="0067279D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="sr-Cyrl-RS"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3640" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F168351" w14:textId="77777777" w:rsidR="0067279D" w:rsidRPr="001919F2" w:rsidRDefault="0067279D" w:rsidP="0067279D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F05369" w14:paraId="5414A62B" w14:textId="77777777" w:rsidTr="0062354B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F1AB704" w14:textId="77777777" w:rsidR="00F05369" w:rsidRDefault="00F05369" w:rsidP="00F05369">
@@ -10523,51 +10528,51 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29AA0179" w14:textId="77777777" w:rsidR="0062354B" w:rsidRDefault="0062354B"/>
     <w:sectPr w:rsidR="0062354B" w:rsidSect="00355A12">
       <w:pgSz w:w="16837" w:h="11905" w:orient="landscape"/>
       <w:pgMar w:top="1418" w:right="850" w:bottom="1276" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -10582,120 +10587,122 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00251484"/>
     <w:rsid w:val="00036B26"/>
     <w:rsid w:val="00085CA9"/>
     <w:rsid w:val="000E5129"/>
+    <w:rsid w:val="000F3950"/>
     <w:rsid w:val="000F6897"/>
     <w:rsid w:val="00100DF0"/>
     <w:rsid w:val="00153405"/>
     <w:rsid w:val="001919F2"/>
     <w:rsid w:val="001944D3"/>
     <w:rsid w:val="001A1C59"/>
     <w:rsid w:val="001B0AAB"/>
     <w:rsid w:val="001D6D58"/>
     <w:rsid w:val="00251484"/>
     <w:rsid w:val="00264435"/>
     <w:rsid w:val="002E6408"/>
     <w:rsid w:val="00355A12"/>
     <w:rsid w:val="00383FE6"/>
     <w:rsid w:val="003A2B48"/>
     <w:rsid w:val="003E7F6D"/>
     <w:rsid w:val="004458A1"/>
     <w:rsid w:val="0045108D"/>
     <w:rsid w:val="0046435B"/>
     <w:rsid w:val="00465D75"/>
     <w:rsid w:val="004767EA"/>
     <w:rsid w:val="004A1BE3"/>
     <w:rsid w:val="00546D05"/>
     <w:rsid w:val="005B3A15"/>
     <w:rsid w:val="005B7B2C"/>
     <w:rsid w:val="005E0B2C"/>
     <w:rsid w:val="005F1CFA"/>
     <w:rsid w:val="006120AB"/>
     <w:rsid w:val="006220F4"/>
     <w:rsid w:val="0062354B"/>
     <w:rsid w:val="00634D23"/>
     <w:rsid w:val="0067279D"/>
+    <w:rsid w:val="00673CFA"/>
     <w:rsid w:val="006A7F10"/>
     <w:rsid w:val="00711E5D"/>
     <w:rsid w:val="00743E6E"/>
     <w:rsid w:val="007C2872"/>
     <w:rsid w:val="007E5996"/>
     <w:rsid w:val="0084420F"/>
     <w:rsid w:val="008C4B42"/>
     <w:rsid w:val="008D3D79"/>
     <w:rsid w:val="008D579C"/>
     <w:rsid w:val="00945642"/>
     <w:rsid w:val="009A0F98"/>
     <w:rsid w:val="009A31E2"/>
     <w:rsid w:val="009D3215"/>
     <w:rsid w:val="00A21C46"/>
     <w:rsid w:val="00A32CFD"/>
     <w:rsid w:val="00A742C0"/>
+    <w:rsid w:val="00B10848"/>
     <w:rsid w:val="00B51097"/>
     <w:rsid w:val="00B560ED"/>
     <w:rsid w:val="00B7669A"/>
     <w:rsid w:val="00B87941"/>
     <w:rsid w:val="00BB7AAB"/>
     <w:rsid w:val="00BC3E9E"/>
     <w:rsid w:val="00BD0CF8"/>
     <w:rsid w:val="00C37855"/>
     <w:rsid w:val="00C46BF1"/>
     <w:rsid w:val="00C748F3"/>
     <w:rsid w:val="00C97FB2"/>
     <w:rsid w:val="00CA77CC"/>
     <w:rsid w:val="00CA7D4A"/>
-    <w:rsid w:val="00CC3560"/>
     <w:rsid w:val="00D00C0B"/>
     <w:rsid w:val="00D22A10"/>
     <w:rsid w:val="00D35FD8"/>
     <w:rsid w:val="00D43148"/>
     <w:rsid w:val="00D54406"/>
     <w:rsid w:val="00D67E66"/>
     <w:rsid w:val="00D82AA4"/>
     <w:rsid w:val="00D95AEB"/>
-    <w:rsid w:val="00DC198C"/>
+    <w:rsid w:val="00E10664"/>
     <w:rsid w:val="00E90C66"/>
     <w:rsid w:val="00EB56E3"/>
     <w:rsid w:val="00ED0E91"/>
     <w:rsid w:val="00EE2B24"/>
     <w:rsid w:val="00F05369"/>
     <w:rsid w:val="00F066A9"/>
     <w:rsid w:val="00FA35D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -11505,70 +11512,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4484</Characters>
+  <Pages>5</Pages>
+  <Words>784</Words>
+  <Characters>4472</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5260</CharactersWithSpaces>
+  <CharactersWithSpaces>5246</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>dvucinic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>